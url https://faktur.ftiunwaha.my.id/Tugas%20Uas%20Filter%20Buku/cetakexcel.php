--- v0 (2025-10-27)
+++ v1 (2026-01-02)
@@ -9,452 +9,446 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="132">
   <si>
     <t>Laporan Data Buku</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode Buku</t>
   </si>
   <si>
     <t>Judul</t>
   </si>
   <si>
     <t>Pengarang</t>
   </si>
   <si>
     <t>Penerbit</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Tahun Terbit</t>
   </si>
   <si>
     <t>Rak</t>
   </si>
   <si>
+    <t>IBISA</t>
+  </si>
+  <si>
+    <t>BB Basher</t>
+  </si>
+  <si>
+    <t>K70</t>
+  </si>
+  <si>
     <t>Membangun Aplikasi Handphone dengan FBUS &amp; Visual Basic</t>
   </si>
   <si>
     <t>X-Oerang</t>
   </si>
   <si>
     <t>Andi Publisher</t>
   </si>
   <si>
     <t>979-731-075-2</t>
   </si>
   <si>
     <t>R45</t>
   </si>
   <si>
-    <t>Pemrograman Visual Basic 6.0</t>
-[...2 lines deleted...]
-    <t>979-731-828-1</t>
+    <t>Pemrograman Tingkat Lanjut dengan Visual Basic 6.0 dan Crystal Report</t>
+  </si>
+  <si>
+    <t>Madcoms</t>
+  </si>
+  <si>
+    <t>979-763-031-5</t>
+  </si>
+  <si>
+    <t>J77</t>
+  </si>
+  <si>
+    <t>Membuat Menu Cantik Untuk Aplikasi Visual Basic 6.0</t>
+  </si>
+  <si>
+    <t>Ridwan Sanjaya, SE, S.Kom</t>
+  </si>
+  <si>
+    <t>979-731-647-5</t>
+  </si>
+  <si>
+    <t>Visual Basic .NET 2005</t>
+  </si>
+  <si>
+    <t>Widodo Budiharto, M.Kom</t>
+  </si>
+  <si>
+    <t>979-763-380-2</t>
   </si>
   <si>
     <t>H65</t>
   </si>
   <si>
-    <t>Membuat Menu Cantik Untuk Aplikasi Visual Basic 6.0</t>
-[...28 lines deleted...]
-  <si>
     <t>Panduan Pemrograman dan Referensi Kamus Visual Basic 6.0</t>
   </si>
   <si>
     <t>979-763-336-5</t>
   </si>
   <si>
     <t>F32</t>
   </si>
   <si>
     <t>Kumpulan Tip Trik Pemrograman Visual Basic</t>
   </si>
   <si>
     <t>Jaja Jamaludin Malik</t>
   </si>
   <si>
     <t>979-763-654-2</t>
   </si>
   <si>
     <t>D11</t>
   </si>
   <si>
+    <t>Pemrograman Web Dinamis dengan Kolaborasi PHP &amp; JAVA</t>
+  </si>
+  <si>
+    <t>Afriyudi, M.Kom</t>
+  </si>
+  <si>
+    <t>978-979-29-0262-4</t>
+  </si>
+  <si>
+    <t>H53</t>
+  </si>
+  <si>
     <t>Mengotak-Atik Windows dengan VB Script</t>
   </si>
   <si>
     <t>VygoriViva CR</t>
   </si>
   <si>
     <t>Gaya Media</t>
   </si>
   <si>
     <t>978-979-1078-34-4</t>
   </si>
   <si>
     <t>J66</t>
   </si>
   <si>
-    <t>Pemrograman Web Dinamis dengan Kolaborasi PHP &amp; JAVA</t>
-[...23 lines deleted...]
-    <t>H98</t>
+    <t>Membuat SMS Gateway (ESME) Berbasis Protokol SMPP</t>
+  </si>
+  <si>
+    <t>Romzi Imron Rozidi</t>
+  </si>
+  <si>
+    <t>978-979-29-0720-9</t>
+  </si>
+  <si>
+    <t>A21</t>
+  </si>
+  <si>
+    <t>Membuat Sendiri Kontrol ActiveX dengan Visual Basic 6.0 untuk Orang Awam</t>
+  </si>
+  <si>
+    <t>Muhammad Sadeli</t>
+  </si>
+  <si>
+    <t>Maxikom</t>
+  </si>
+  <si>
+    <t>978-979-1398-70-1</t>
+  </si>
+  <si>
+    <t>V54</t>
   </si>
   <si>
     <t>Membangun Aplikasi Toko dengan Visual Basic 2008</t>
   </si>
   <si>
     <t>Wahana Komputer</t>
   </si>
   <si>
     <t>978-979-29-0977-7</t>
   </si>
   <si>
     <t>G32</t>
   </si>
   <si>
-    <t>Membuat Sendiri Kontrol ActiveX dengan Visual Basic 6.0 untuk Orang Awam</t>
-[...23 lines deleted...]
-    <t>A21</t>
+    <t>Rekayasa Perangkat Lunak</t>
+  </si>
+  <si>
+    <t>Janner Simarmata</t>
+  </si>
+  <si>
+    <t>978-979-29-1347-7</t>
+  </si>
+  <si>
+    <t>A09</t>
+  </si>
+  <si>
+    <t>Shortcourse Series: SQL Server 2008 Express</t>
+  </si>
+  <si>
+    <t>978-979-29-1532-7</t>
+  </si>
+  <si>
+    <t>A66</t>
+  </si>
+  <si>
+    <t>Paling dicari: Visual Basic 2010 Source Code</t>
+  </si>
+  <si>
+    <t>978-979-29-`676-8</t>
+  </si>
+  <si>
+    <t>Pemrograman Aplikasi Database dengan Microsoft Visual Basic .NET 2008</t>
+  </si>
+  <si>
+    <t>Ketut Darmayuda</t>
+  </si>
+  <si>
+    <t>Informatika</t>
+  </si>
+  <si>
+    <t>978-979-1153-90-4</t>
+  </si>
+  <si>
+    <t>F78</t>
   </si>
   <si>
     <t>Pemodelan Basis Data Berorientasi Objek</t>
   </si>
   <si>
     <t>Wiranto Herry Utomo</t>
   </si>
   <si>
     <t>978-979-29-1712-3</t>
   </si>
   <si>
     <t>D44</t>
   </si>
   <si>
-    <t>Pemrograman Aplikasi Database dengan Microsoft Visual Basic .NET 2008</t>
-[...38 lines deleted...]
-    <t>A09</t>
+    <t>Menggunakan UML (Unified Modeling Language)</t>
+  </si>
+  <si>
+    <t>Prabowo Pudjo Widodo</t>
+  </si>
+  <si>
+    <t>978-602-8758-38-3</t>
+  </si>
+  <si>
+    <t>C68</t>
+  </si>
+  <si>
+    <t>Kupas Tuntas Bermacam Aplikasi Generasi Cloud Computing</t>
+  </si>
+  <si>
+    <t>978-979-29-2626-2</t>
+  </si>
+  <si>
+    <t>C45</t>
+  </si>
+  <si>
+    <t>Keamanan Sistem Informasi</t>
+  </si>
+  <si>
+    <t>978-979-29-1792-5</t>
   </si>
   <si>
     <t>Sistem Penerimaan Mahasiswa Baru Berbasis Web &amp; Mobile</t>
   </si>
   <si>
     <t>Sidiq Wahyu</t>
   </si>
   <si>
     <t>Lokomedia</t>
   </si>
   <si>
     <t>978-979-1758-75-8</t>
   </si>
   <si>
     <t>H74</t>
   </si>
   <si>
-    <t>Keamanan Sistem Informasi</t>
-[...28 lines deleted...]
-  <si>
     <t>Belajar dan Memahami MapInfo</t>
   </si>
   <si>
     <t>Ir. Eddy Prahasta, MT</t>
   </si>
   <si>
     <t>978-979-1153-99-7</t>
   </si>
   <si>
     <t>D48</t>
   </si>
   <si>
+    <t>Shortcourse Series: Android Programming with Eclipse</t>
+  </si>
+  <si>
+    <t>978-979-29-4021-3</t>
+  </si>
+  <si>
+    <t>Pemrograman Desktop Database Phyton - MySQL dengan BOA Constructor</t>
+  </si>
+  <si>
+    <t>Kharisma Kholid Hudaya</t>
+  </si>
+  <si>
+    <t>978-979-29-4053-4</t>
+  </si>
+  <si>
+    <t>P09</t>
+  </si>
+  <si>
     <t>From Zero to A Pro Android</t>
   </si>
   <si>
     <t>Abdul Kadir</t>
   </si>
   <si>
     <t>978-979-29-2153-3</t>
   </si>
   <si>
-    <t>Pemrograman Desktop Database Phyton - MySQL dengan BOA Constructor</t>
-[...14 lines deleted...]
-    <t>978-979-29-4021-3</t>
+    <t>From Zero to a Pro JavaScript &amp; jQuery</t>
+  </si>
+  <si>
+    <t>978-979-29-3987-3</t>
+  </si>
+  <si>
+    <t>Mudah Membuat Aplikasi SMS Gateway dengan CodeIgniter</t>
+  </si>
+  <si>
+    <t>Elex Media Komputindo</t>
+  </si>
+  <si>
+    <t>978-602-02-4272-9</t>
+  </si>
+  <si>
+    <t>A11</t>
+  </si>
+  <si>
+    <t>Pemrograman Web Berbasis PHP</t>
+  </si>
+  <si>
+    <t>Priyanto Hidayatullah</t>
+  </si>
+  <si>
+    <t>978-602-1514-48-1</t>
+  </si>
+  <si>
+    <t>Kumpulan Lengkap Syntax untuk Programmer Pemula</t>
+  </si>
+  <si>
+    <t>eWolf Community</t>
+  </si>
+  <si>
+    <t>Mediakom</t>
+  </si>
+  <si>
+    <t>979-877-389-6</t>
+  </si>
+  <si>
+    <t>Membuat Website Mudah dan Praktis dengan Weebly</t>
+  </si>
+  <si>
+    <t>Fathurrahman, S.Pd</t>
+  </si>
+  <si>
+    <t>978-602-02-4698-7</t>
+  </si>
+  <si>
+    <t>G44</t>
   </si>
   <si>
     <t>Visual Basic .NET: Membuat Aplikasi Database dan Program Kreatif</t>
   </si>
   <si>
-    <t>Priyanto Hidayatullah</t>
-[...1 lines deleted...]
-  <si>
     <t>978-602-1514-37-5</t>
   </si>
   <si>
-    <t>Membuat Website Mudah dan Praktis dengan Weebly</t>
-[...44 lines deleted...]
-    <t>978-979-29-3987-3</t>
+    <t>Learning By Sample Visual Basic 2008</t>
+  </si>
+  <si>
+    <t>Soetam Rizky</t>
+  </si>
+  <si>
+    <t>Prestasi Pustaka</t>
+  </si>
+  <si>
+    <t>979-602-8470-64-3</t>
+  </si>
+  <si>
+    <t>D43</t>
   </si>
   <si>
     <t>Aplikasi Bisnis dengan PHP dan MySQL</t>
   </si>
   <si>
     <t>978-602-7680-69-2</t>
   </si>
   <si>
     <t>D33</t>
   </si>
   <si>
-    <t>Learning By Sample Visual Basic 2008</t>
-[...11 lines deleted...]
-    <t>D43</t>
+    <t>AJARI AKU MENJADI HACKER BY HEISENBERG -</t>
+  </si>
+  <si>
+    <t>10107-10107-10107</t>
+  </si>
+  <si>
+    <t>H25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -520,927 +514,925 @@
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>1</v>
       </c>
       <c r="B3">
-        <v>165311</v>
-[...1 lines deleted...]
-      <c r="C3" t="s">
+        <v>151017</v>
+      </c>
+      <c r="C3" t="s"/>
+      <c r="D3" t="s">
         <v>9</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>10</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3">
+        <v>1026101</v>
+      </c>
+      <c r="G3">
+        <v>1010</v>
+      </c>
+      <c r="H3" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>2</v>
       </c>
       <c r="B4">
-        <v>165312</v>
+        <v>165311</v>
       </c>
       <c r="C4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F4" t="s" s="2">
         <v>15</v>
       </c>
       <c r="G4">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="H4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>3</v>
       </c>
       <c r="B5">
-        <v>165313</v>
+        <v>165314</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F5" t="s" s="2">
         <v>19</v>
       </c>
       <c r="G5">
         <v>2005</v>
       </c>
       <c r="H5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>4</v>
       </c>
       <c r="B6">
-        <v>165314</v>
+        <v>165313</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F6" t="s" s="2">
         <v>23</v>
       </c>
       <c r="G6">
         <v>2005</v>
       </c>
       <c r="H6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>5</v>
       </c>
       <c r="B7">
         <v>165315</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" t="s">
         <v>25</v>
       </c>
       <c r="E7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F7" t="s" s="2">
         <v>26</v>
       </c>
       <c r="G7">
         <v>2006</v>
       </c>
       <c r="H7" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>6</v>
       </c>
       <c r="B8">
         <v>165316</v>
       </c>
       <c r="C8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F8" t="s" s="2">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G8">
         <v>2006</v>
       </c>
       <c r="H8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>7</v>
       </c>
       <c r="B9">
         <v>165317</v>
       </c>
       <c r="C9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F9" t="s" s="2">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G9">
         <v>2007</v>
       </c>
       <c r="H9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>8</v>
       </c>
       <c r="B10">
-        <v>165320</v>
+        <v>165319</v>
       </c>
       <c r="C10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E10" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="F10" t="s" s="2">
         <v>37</v>
       </c>
       <c r="G10">
         <v>2008</v>
       </c>
       <c r="H10" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>9</v>
       </c>
       <c r="B11">
-        <v>165319</v>
+        <v>165320</v>
       </c>
       <c r="C11" t="s">
         <v>39</v>
       </c>
       <c r="D11" t="s">
         <v>40</v>
       </c>
       <c r="E11" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="F11" t="s" s="2">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G11">
         <v>2008</v>
       </c>
       <c r="H11" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>10</v>
       </c>
       <c r="B12">
-        <v>165318</v>
+        <v>165323</v>
       </c>
       <c r="C12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E12" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="F12" t="s" s="2">
         <v>46</v>
       </c>
       <c r="G12">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="H12" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>11</v>
       </c>
       <c r="B13">
-        <v>165321</v>
+        <v>165322</v>
       </c>
       <c r="C13" t="s">
         <v>48</v>
       </c>
       <c r="D13" t="s">
         <v>49</v>
       </c>
       <c r="E13" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="F13" t="s" s="2">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G13">
         <v>2009</v>
       </c>
       <c r="H13" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>12</v>
       </c>
       <c r="B14">
-        <v>165322</v>
+        <v>165321</v>
       </c>
       <c r="C14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D14" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E14" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="F14" t="s" s="2">
         <v>55</v>
       </c>
       <c r="G14">
         <v>2009</v>
       </c>
       <c r="H14" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>13</v>
       </c>
       <c r="B15">
-        <v>165323</v>
+        <v>165324</v>
       </c>
       <c r="C15" t="s">
         <v>57</v>
       </c>
       <c r="D15" t="s">
         <v>58</v>
       </c>
       <c r="E15" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F15" t="s" s="2">
         <v>59</v>
       </c>
       <c r="G15">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="H15" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>14</v>
       </c>
       <c r="B16">
-        <v>165329</v>
+        <v>165325</v>
       </c>
       <c r="C16" t="s">
         <v>61</v>
       </c>
       <c r="D16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E16" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" t="s" s="2">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G16">
         <v>2010</v>
       </c>
       <c r="H16" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>15</v>
       </c>
       <c r="B17">
-        <v>165328</v>
+        <v>165327</v>
       </c>
       <c r="C17" t="s">
+        <v>64</v>
+      </c>
+      <c r="D17" t="s">
+        <v>54</v>
+      </c>
+      <c r="E17" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" t="s">
         <v>65</v>
-      </c>
-[...7 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G17">
         <v>2010</v>
       </c>
       <c r="H17" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>16</v>
       </c>
       <c r="B18">
-        <v>165327</v>
+        <v>165328</v>
       </c>
       <c r="C18" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="E18" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>68</v>
+      </c>
+      <c r="F18" t="s" s="2">
+        <v>69</v>
       </c>
       <c r="G18">
         <v>2010</v>
       </c>
       <c r="H18" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>17</v>
       </c>
       <c r="B19">
-        <v>165325</v>
+        <v>165329</v>
       </c>
       <c r="C19" t="s">
+        <v>71</v>
+      </c>
+      <c r="D19" t="s">
         <v>72</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F19" t="s" s="2">
         <v>73</v>
       </c>
       <c r="G19">
         <v>2010</v>
       </c>
       <c r="H19" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>18</v>
       </c>
       <c r="B20">
-        <v>165324</v>
+        <v>165334</v>
       </c>
       <c r="C20" t="s">
         <v>75</v>
       </c>
       <c r="D20" t="s">
         <v>76</v>
       </c>
       <c r="E20" t="s">
-        <v>11</v>
+        <v>68</v>
       </c>
       <c r="F20" t="s" s="2">
         <v>77</v>
       </c>
       <c r="G20">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="H20" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>19</v>
       </c>
       <c r="B21">
-        <v>165331</v>
+        <v>165333</v>
       </c>
       <c r="C21" t="s">
         <v>79</v>
       </c>
       <c r="D21" t="s">
+        <v>54</v>
+      </c>
+      <c r="E21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" t="s" s="2">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
       <c r="G21">
         <v>2011</v>
       </c>
       <c r="H21" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>20</v>
       </c>
       <c r="B22">
         <v>165332</v>
       </c>
       <c r="C22" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D22" t="s">
-        <v>85</v>
+        <v>9</v>
       </c>
       <c r="E22" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F22" t="s" s="2">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G22">
         <v>2011</v>
       </c>
       <c r="H22" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>21</v>
       </c>
       <c r="B23">
-        <v>165333</v>
+        <v>165331</v>
       </c>
       <c r="C23" t="s">
+        <v>84</v>
+      </c>
+      <c r="D23" t="s">
+        <v>85</v>
+      </c>
+      <c r="E23" t="s">
+        <v>86</v>
+      </c>
+      <c r="F23" t="s" s="2">
         <v>87</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G23">
         <v>2011</v>
       </c>
       <c r="H23" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>22</v>
       </c>
       <c r="B24">
-        <v>165334</v>
+        <v>165330</v>
       </c>
       <c r="C24" t="s">
+        <v>89</v>
+      </c>
+      <c r="D24" t="s">
         <v>90</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
+        <v>68</v>
+      </c>
+      <c r="F24" t="s" s="2">
         <v>91</v>
       </c>
-      <c r="E24" t="s">
-[...2 lines deleted...]
-      <c r="F24" t="s" s="2">
+      <c r="G24">
+        <v>2012</v>
+      </c>
+      <c r="H24" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>23</v>
       </c>
       <c r="B25">
-        <v>165330</v>
+        <v>165335</v>
       </c>
       <c r="C25" t="s">
+        <v>93</v>
+      </c>
+      <c r="D25" t="s">
+        <v>54</v>
+      </c>
+      <c r="E25" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" t="s" s="2">
         <v>94</v>
       </c>
-      <c r="D25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G25">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="H25" t="s">
-        <v>97</v>
+        <v>43</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>24</v>
       </c>
       <c r="B26">
-        <v>165344</v>
+        <v>165336</v>
       </c>
       <c r="C26" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D26" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="E26" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F26" t="s" s="2">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="G26">
         <v>2013</v>
       </c>
       <c r="H26" t="s">
-        <v>33</v>
+        <v>98</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>25</v>
       </c>
       <c r="B27">
-        <v>165336</v>
+        <v>165344</v>
       </c>
       <c r="C27" t="s">
+        <v>99</v>
+      </c>
+      <c r="D27" t="s">
+        <v>100</v>
+      </c>
+      <c r="E27" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" t="s" s="2">
         <v>101</v>
-      </c>
-[...7 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G27">
         <v>2013</v>
       </c>
       <c r="H27" t="s">
-        <v>104</v>
+        <v>34</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28">
-        <v>165335</v>
+        <v>165343</v>
       </c>
       <c r="C28" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="D28" t="s">
-        <v>49</v>
+        <v>100</v>
       </c>
       <c r="E28" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F28" t="s" s="2">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G28">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="H28" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>27</v>
       </c>
       <c r="B29">
-        <v>165337</v>
+        <v>165342</v>
       </c>
       <c r="C29" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D29" t="s">
-        <v>108</v>
+        <v>54</v>
       </c>
       <c r="E29" t="s">
-        <v>67</v>
+        <v>105</v>
       </c>
       <c r="F29" t="s" s="2">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="G29">
         <v>2014</v>
       </c>
       <c r="H29" t="s">
-        <v>13</v>
+        <v>107</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>28</v>
       </c>
       <c r="B30">
-        <v>165338</v>
+        <v>165341</v>
       </c>
       <c r="C30" t="s">
+        <v>108</v>
+      </c>
+      <c r="D30" t="s">
+        <v>109</v>
+      </c>
+      <c r="E30" t="s">
+        <v>68</v>
+      </c>
+      <c r="F30" t="s" s="2">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G30">
         <v>2014</v>
       </c>
       <c r="H30" t="s">
-        <v>114</v>
+        <v>52</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31">
         <v>165339</v>
       </c>
       <c r="C31" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D31" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="E31" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="F31" t="s" s="2">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G31">
         <v>2014</v>
       </c>
       <c r="H31" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32">
-        <v>165341</v>
+        <v>165338</v>
       </c>
       <c r="C32" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D32" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="E32" t="s">
-        <v>67</v>
+        <v>105</v>
       </c>
       <c r="F32" t="s" s="2">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="G32">
         <v>2014</v>
       </c>
       <c r="H32" t="s">
-        <v>56</v>
+        <v>118</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>31</v>
       </c>
       <c r="B33">
-        <v>165342</v>
+        <v>165337</v>
       </c>
       <c r="C33" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="D33" t="s">
-        <v>49</v>
+        <v>109</v>
       </c>
       <c r="E33" t="s">
-        <v>112</v>
+        <v>68</v>
       </c>
       <c r="F33" t="s" s="2">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="G33">
         <v>2014</v>
       </c>
       <c r="H33" t="s">
-        <v>123</v>
+        <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34">
-        <v>165343</v>
+        <v>165326</v>
       </c>
       <c r="C34" t="s">
+        <v>121</v>
+      </c>
+      <c r="D34" t="s">
+        <v>122</v>
+      </c>
+      <c r="E34" t="s">
+        <v>123</v>
+      </c>
+      <c r="F34" t="s" s="2">
         <v>124</v>
       </c>
-      <c r="D34" t="s">
-[...5 lines deleted...]
-      <c r="F34" t="s" s="2">
+      <c r="G34">
+        <v>2020</v>
+      </c>
+      <c r="H34" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35">
         <v>165340</v>
       </c>
       <c r="C35" t="s">
         <v>126</v>
       </c>
       <c r="D35" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="E35" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="F35" t="s" s="2">
         <v>127</v>
       </c>
       <c r="G35">
         <v>2020</v>
       </c>
       <c r="H35" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>34</v>
       </c>
       <c r="B36">
-        <v>165326</v>
+        <v>101075</v>
       </c>
       <c r="C36" t="s">
         <v>129</v>
       </c>
       <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>123</v>
+      </c>
+      <c r="F36" t="s" s="2">
         <v>130</v>
       </c>
-      <c r="E36" t="s">
+      <c r="G36">
+        <v>2090</v>
+      </c>
+      <c r="H36" t="s">
         <v>131</v>
-      </c>
-[...7 lines deleted...]
-        <v>133</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>